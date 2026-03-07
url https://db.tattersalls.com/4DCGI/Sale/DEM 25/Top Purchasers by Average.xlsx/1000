--- v0 (2025-12-08)
+++ v1 (2026-03-07)
@@ -7828,193 +7828,212 @@
     <row r="363" spans="1:5">
       <c r="A363" s="1">
         <v>361</v>
       </c>
       <c r="B363" t="inlineStr">
         <is>
           <t>David O'Meara Racing</t>
         </is>
       </c>
       <c r="C363" s="2">
         <v>1</v>
       </c>
       <c r="D363" s="2">
         <v>1000</v>
       </c>
       <c r="E363" s="2">
         <v>1000</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" s="1">
         <v>362</v>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>J &amp; E Clegg</t>
+          <t>Gary Downie</t>
         </is>
       </c>
       <c r="C364" s="2">
         <v>1</v>
       </c>
       <c r="D364" s="2">
         <v>1000</v>
       </c>
       <c r="E364" s="2">
         <v>1000</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" s="1">
         <v>363</v>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Jeremy Harley</t>
+          <t>J &amp; E Clegg</t>
         </is>
       </c>
       <c r="C365" s="2">
         <v>1</v>
       </c>
       <c r="D365" s="2">
         <v>1000</v>
       </c>
       <c r="E365" s="2">
         <v>1000</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" s="1">
         <v>364</v>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>JMB Bloodstock</t>
+          <t>Jeremy Harley</t>
         </is>
       </c>
       <c r="C366" s="2">
         <v>1</v>
       </c>
       <c r="D366" s="2">
         <v>1000</v>
       </c>
       <c r="E366" s="2">
         <v>1000</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" s="1">
         <v>365</v>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Lynch Bloodstock</t>
+          <t>JMB Bloodstock</t>
         </is>
       </c>
       <c r="C367" s="2">
         <v>1</v>
       </c>
       <c r="D367" s="2">
         <v>1000</v>
       </c>
       <c r="E367" s="2">
         <v>1000</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" s="1">
         <v>366</v>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Mabel Bownes</t>
+          <t>Lynch Bloodstock</t>
         </is>
       </c>
       <c r="C368" s="2">
         <v>1</v>
       </c>
       <c r="D368" s="2">
         <v>1000</v>
       </c>
       <c r="E368" s="2">
         <v>1000</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" s="1">
         <v>367</v>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Ramzi Alghul</t>
+          <t>Mabel Bownes</t>
         </is>
       </c>
       <c r="C369" s="2">
         <v>1</v>
       </c>
       <c r="D369" s="2">
         <v>1000</v>
       </c>
       <c r="E369" s="2">
         <v>1000</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" s="1">
         <v>368</v>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Sarah Fanning Bloodstock</t>
+          <t>Ramzi Alghul</t>
         </is>
       </c>
       <c r="C370" s="2">
         <v>1</v>
       </c>
       <c r="D370" s="2">
         <v>1000</v>
       </c>
       <c r="E370" s="2">
         <v>1000</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" s="1">
         <v>369</v>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>WP Equine</t>
+          <t>Sarah Fanning Bloodstock</t>
         </is>
       </c>
       <c r="C371" s="2">
         <v>1</v>
       </c>
       <c r="D371" s="2">
         <v>1000</v>
       </c>
       <c r="E371" s="2">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="372" spans="1:5">
+      <c r="A372" s="1">
+        <v>370</v>
+      </c>
+      <c r="B372" t="inlineStr">
+        <is>
+          <t>WP Equine</t>
+        </is>
+      </c>
+      <c r="C372" s="2">
+        <v>1</v>
+      </c>
+      <c r="D372" s="2">
+        <v>1000</v>
+      </c>
+      <c r="E372" s="2">
         <v>1000</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">